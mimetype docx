--- v0 (2025-12-03)
+++ v1 (2025-12-27)
@@ -1,98 +1,90 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="532B8B91" w14:textId="2B65C1EE" w:rsidR="00F4622D" w:rsidRDefault="001206CA" w:rsidP="009207C8">
       <w:r w:rsidRPr="002A03E6">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="27CCE428" wp14:editId="79CD9C20">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>-357505</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="margin">
               <wp:align>center</wp:align>
             </wp:positionV>
             <wp:extent cx="6546215" cy="9393555"/>
             <wp:effectExtent l="0" t="0" r="6985" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="2" name="Picture 2" descr="A blue and white cover with text&#10;&#10;Description automatically generated"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name="Picture 2" descr="A blue and white cover with text&#10;&#10;Description automatically generated"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId11">
+                    <a:blip r:embed="rId8">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6546215" cy="9393555"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
@@ -3349,94 +3341,94 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4D71BEE5" w14:textId="74EEEDB9" w:rsidR="005619F9" w:rsidRPr="007C32F4" w:rsidRDefault="00161289" w:rsidP="005619F9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C32F4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:history="1">
+      <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidRPr="007C32F4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Planning Portal</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="007C32F4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> includes an online fee calculator that will estimate the fee due when you submit your planning application online.  </w:t>
       </w:r>
       <w:r w:rsidR="005619F9" w:rsidRPr="007C32F4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Planning fees for Northern Ireland are set by the Department</w:t>
       </w:r>
       <w:r w:rsidR="00A64F80" w:rsidRPr="007C32F4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
       <w:r w:rsidR="005619F9" w:rsidRPr="007C32F4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The current planning fees are stipulated in legislation, links to which are provided on the Department’s </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
+      <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidR="005619F9" w:rsidRPr="007C32F4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Planning Legislation webpage</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="005619F9" w:rsidRPr="007C32F4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1EAFD70D" w14:textId="77777777" w:rsidR="005619F9" w:rsidRPr="007C32F4" w:rsidRDefault="005619F9" w:rsidP="005619F9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="567"/>
         <w:rPr>
@@ -3447,51 +3439,51 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="05660EBD" w14:textId="5ABB7761" w:rsidR="005619F9" w:rsidRPr="007C32F4" w:rsidRDefault="005619F9" w:rsidP="00197E08">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C32F4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The Department has also produced an explanatory note for applicants which sets out the current planning fees and helps to clarify when reduced fees or exemptions may be applicable </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:history="1">
+      <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidRPr="007C32F4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Planning Fees Explanatory Note for Applicants</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00A64F80" w:rsidRPr="007C32F4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="135F6A15" w14:textId="77777777" w:rsidR="003340BB" w:rsidRPr="001F73CC" w:rsidRDefault="003340BB" w:rsidP="0097240D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1440"/>
         <w:rPr>
@@ -8641,51 +8633,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="11B5176B" w14:textId="4AEA8389" w:rsidR="009F7263" w:rsidRPr="001F73CC" w:rsidRDefault="009F7263" w:rsidP="009F7263">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F73CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Please contact </w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r w:rsidRPr="001F73CC">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="000000" w:themeColor="text1"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>planning@lisburncastlereagh.gov.uk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="001F73CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> for further information on all TPO’s within the Council area.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="77CCBDA0" w14:textId="77777777" w:rsidR="009F7263" w:rsidRPr="001F73CC" w:rsidRDefault="009F7263" w:rsidP="009F7263">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -9311,51 +9303,51 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5039B0E2" w14:textId="72A19D0E" w:rsidR="00F838EC" w:rsidRPr="001F73CC" w:rsidRDefault="00F838EC" w:rsidP="009D2C93">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F73CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">An </w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:tooltip="Go to page" w:history="1">
+            <w:hyperlink r:id="rId13" w:tooltip="Go to page" w:history="1">
               <w:r w:rsidRPr="001F73CC">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="000000" w:themeColor="text1"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="none"/>
                 </w:rPr>
                 <w:t>Archaeological Impact Assessment</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="001F73CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> will be required for proposals where the impact of a development on important archaeological remains is unclear or the importance of such remains is uncertain, or within an Area of Archaeological Interest or Potential where it involves the breaking of ground.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00383DAF" w:rsidRPr="00383DAF" w14:paraId="376F7B3C" w14:textId="21BA4450" w:rsidTr="00F54F1A">
         <w:tc>
@@ -9848,51 +9840,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>In completing the Biodiversity Checklist, regard must be had to guidance contained in the published NI Biodiversity Checklist document.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1C346627" w14:textId="77777777" w:rsidR="00506622" w:rsidRPr="001F73CC" w:rsidRDefault="00506622" w:rsidP="00506622">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="23ABABE4" w14:textId="32D096BE" w:rsidR="00506622" w:rsidRPr="001F73CC" w:rsidRDefault="00506622" w:rsidP="00506622">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r w:rsidRPr="001F73CC">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="000000" w:themeColor="text1"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>NI Biodiversity Checklist - Version 2 - April 2017.pdf (daera-ni.gov.uk)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="0E709A12" w14:textId="72108B74" w:rsidR="00506622" w:rsidRPr="001F73CC" w:rsidRDefault="00506622" w:rsidP="00506622">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00383DAF" w:rsidRPr="00383DAF" w14:paraId="2C5F2F08" w14:textId="77777777" w:rsidTr="00F54F1A">
@@ -10452,51 +10444,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00120A44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Contextual Design Information</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5760" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
           <w:p w14:paraId="1B74C9AD" w14:textId="77777777" w:rsidR="008E7D5D" w:rsidRPr="00120A44" w:rsidRDefault="008E7D5D" w:rsidP="00120A44">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:tooltip="Go to page" w:history="1">
+            <w:hyperlink r:id="rId15" w:tooltip="Go to page" w:history="1">
               <w:r w:rsidRPr="00120A44">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="000000" w:themeColor="text1"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="none"/>
                 </w:rPr>
                 <w:t>Contextual Design Information</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00120A44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> accurately demonstrates the proposal in its immediate and local context, usually the existing street scene into which the development is to be placed. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6A69C1F2" w14:textId="77777777" w:rsidR="008E7D5D" w:rsidRPr="00120A44" w:rsidRDefault="008E7D5D" w:rsidP="00120A44">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -10558,51 +10550,51 @@
             <w:r w:rsidRPr="00120A44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>proposals that may significantly impact on the street scene or townscape.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00383DAF" w:rsidRPr="00383DAF" w14:paraId="7464D3ED" w14:textId="77777777" w:rsidTr="00F54F1A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
           <w:p w14:paraId="083A7BD3" w14:textId="1F1BD761" w:rsidR="008E7D5D" w:rsidRPr="00120A44" w:rsidRDefault="008E7D5D" w:rsidP="0019520F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:tooltip="Go to page" w:history="1">
+            <w:hyperlink r:id="rId16" w:tooltip="Go to page" w:history="1">
               <w:r w:rsidRPr="00120A44">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="000000" w:themeColor="text1"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="none"/>
                 </w:rPr>
                 <w:t>Daylight, Sunlight and Overshadowing Assessment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5760" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
           <w:p w14:paraId="7ECF1F63" w14:textId="471A53C8" w:rsidR="00941941" w:rsidRPr="00120A44" w:rsidRDefault="00941941" w:rsidP="00120A44">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -12273,51 +12265,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">See advice for bio-diversity checklists. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="42794D47" w14:textId="77777777" w:rsidR="0019520F" w:rsidRPr="001F73CC" w:rsidRDefault="0019520F" w:rsidP="0019520F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0E03524B" w14:textId="77777777" w:rsidR="0019520F" w:rsidRPr="001F73CC" w:rsidRDefault="0019520F" w:rsidP="0019520F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r w:rsidRPr="001F73CC">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="000000" w:themeColor="text1"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>Publications | Department of Agriculture, Environment and Rural Affairs (daera-ni.gov.uk)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="52D6D554" w14:textId="1DAEF661" w:rsidR="0019520F" w:rsidRPr="001F73CC" w:rsidRDefault="0019520F" w:rsidP="0019520F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00383DAF" w:rsidRPr="00383DAF" w14:paraId="698301F5" w14:textId="77777777" w:rsidTr="00F54F1A">
@@ -12347,51 +12339,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5760" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
           <w:p w14:paraId="34A79BA4" w14:textId="1C1E3D34" w:rsidR="00EC7C06" w:rsidRPr="001F73CC" w:rsidRDefault="00EC7C06" w:rsidP="00EC7C06">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F73CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>The </w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:tgtFrame="_blank" w:tooltip="Opens in new window" w:history="1">
+            <w:hyperlink r:id="rId18" w:tgtFrame="_blank" w:tooltip="Opens in new window" w:history="1">
               <w:r w:rsidRPr="001F73CC">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>Planning (Environmental Impact Assessment) Regulations (Northern Ireland) 2017 (“the Regulations”)</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="001F73CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> specifies the circumstances in which a proposal is “EIA" development and requires an Environmental Statement to be submitted alongside the planning application.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="66C0FA7A" w14:textId="77777777" w:rsidR="00EC7C06" w:rsidRPr="001F73CC" w:rsidRDefault="00EC7C06" w:rsidP="00EC7C06">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
@@ -12845,51 +12837,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Rivers flood maps give information on areas that are prone to flooding in Northern Ireland.  </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1CC27E4F" w14:textId="77777777" w:rsidR="0019520F" w:rsidRPr="00500C35" w:rsidRDefault="0019520F" w:rsidP="0019520F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="49C3AB83" w14:textId="7297A8D0" w:rsidR="0019520F" w:rsidRPr="00500C35" w:rsidRDefault="0019520F" w:rsidP="0019520F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r w:rsidRPr="00500C35">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="000000" w:themeColor="text1"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>Flood Maps NI | Department for Infrastructure (infrastructure-ni.gov.uk)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="7A6A67AF" w14:textId="77777777" w:rsidR="0019520F" w:rsidRPr="00500C35" w:rsidRDefault="0019520F" w:rsidP="0019520F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="44BA5207" w14:textId="509042CB" w:rsidR="0019520F" w:rsidRDefault="0019520F" w:rsidP="0019520F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -14038,51 +14030,51 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> be had to guidance provided by DAERA as to the information required to be included in a Nutrient Management Plan</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4D0FDDA7" w14:textId="77777777" w:rsidR="00F2379F" w:rsidRPr="001F73CC" w:rsidRDefault="00F2379F" w:rsidP="00F2379F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="310DF9EB" w14:textId="77777777" w:rsidR="00F2379F" w:rsidRPr="001F73CC" w:rsidRDefault="00F2379F" w:rsidP="00F2379F">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r w:rsidRPr="001F73CC">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="000000" w:themeColor="text1"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>Nutrient Management Plan | Department of Agriculture, Environment and Rural Affairs (daera-ni.gov.uk)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="30DEC7BD" w14:textId="06CCFFBC" w:rsidR="00F2379F" w:rsidRPr="001F73CC" w:rsidRDefault="00F2379F" w:rsidP="00F2379F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00383DAF" w:rsidRPr="00383DAF" w14:paraId="5249986B" w14:textId="39882FA6" w:rsidTr="00F54F1A">
@@ -14845,51 +14837,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> be had to advice provided by NIEA when preparing an ecological appraisal</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="662BE6F1" w14:textId="77777777" w:rsidR="00F2379F" w:rsidRPr="001F73CC" w:rsidRDefault="00F2379F" w:rsidP="00F2379F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="013BC0CC" w14:textId="0BAAC694" w:rsidR="00F2379F" w:rsidRPr="001F73CC" w:rsidRDefault="00F2379F" w:rsidP="00F2379F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r w:rsidRPr="001F73CC">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="000000" w:themeColor="text1"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>Preliminary Ecological Appraisal Survey specifications | Department of Agriculture, Environment and Rural Affairs (daera-ni.gov.uk)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="1947498F" w14:textId="1115A35B" w:rsidR="00F2379F" w:rsidRPr="001F73CC" w:rsidRDefault="00F2379F" w:rsidP="00F2379F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00383DAF" w:rsidRPr="00383DAF" w14:paraId="2516153D" w14:textId="77777777" w:rsidTr="00F54F1A">
@@ -15042,51 +15034,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>The report must be in accordance with guidance set out in Development Management Practice Note 10 – Pre-Application Community Consultation (and Pre-Application Discussions)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4D34BC45" w14:textId="77777777" w:rsidR="00D751BD" w:rsidRPr="001F73CC" w:rsidRDefault="00D751BD" w:rsidP="00D751BD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3559FD2B" w14:textId="7CF851C8" w:rsidR="00D751BD" w:rsidRPr="001F73CC" w:rsidRDefault="00D751BD" w:rsidP="00D751BD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r w:rsidRPr="001F73CC">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="000000" w:themeColor="text1"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>Development Management Practice Note 10 Pre-Application Community Consultation (and Pre-Application Discussions) (infrastructure-ni.gov.uk)</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00E0102D" w:rsidRPr="001F73CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> (Updated July 2025)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="449935A6" w14:textId="1C2C6299" w:rsidR="00D751BD" w:rsidRPr="001F73CC" w:rsidRDefault="00D751BD" w:rsidP="00D751BD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
@@ -16910,51 +16902,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">implications of the proposal. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="003D6B08" w14:textId="77777777" w:rsidR="008A3F27" w:rsidRPr="001F73CC" w:rsidRDefault="008A3F27" w:rsidP="00FF45C5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="41C64BE8" w14:textId="77777777" w:rsidR="008A3F27" w:rsidRPr="001F73CC" w:rsidRDefault="00B94CF4" w:rsidP="008A3F27">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r w:rsidRPr="001F73CC">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="000000" w:themeColor="text1"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>Transport Assessment: Guidelines for Development Proposals (infrastructure-ni.gov.uk)</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="008A3F27" w:rsidRPr="001F73CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5C8F91C2" w14:textId="6F5AC8AA" w:rsidR="008A3F27" w:rsidRPr="001F73CC" w:rsidRDefault="008A3F27" w:rsidP="008A3F27">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
@@ -18155,51 +18147,51 @@
       <w:r w:rsidRPr="001F73CC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1A773C5A" wp14:editId="35EFBE6F">
             <wp:extent cx="5731510" cy="6310630"/>
             <wp:effectExtent l="0" t="0" r="2540" b="0"/>
             <wp:docPr id="541894518" name="Picture 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId27">
+                    <a:blip r:embed="rId24">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5731510" cy="6310630"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -29401,79 +29393,75 @@
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3D945227" w14:textId="5F8B3D01" w:rsidR="00F260AE" w:rsidRPr="001F73CC" w:rsidRDefault="00F260AE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="C00000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="161FCDC5" w14:textId="77777777" w:rsidR="00CF7D4A" w:rsidRPr="001F73CC" w:rsidRDefault="00CF7D4A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="C00000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00CF7D4A" w:rsidRPr="001F73CC">
-      <w:headerReference w:type="even" r:id="rId28"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId33"/>
+      <w:headerReference w:type="default" r:id="rId25"/>
+      <w:footerReference w:type="default" r:id="rId26"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6111A583" w14:textId="77777777" w:rsidR="00396E51" w:rsidRDefault="00396E51" w:rsidP="0097240D">
+    <w:p w14:paraId="03FF607D" w14:textId="77777777" w:rsidR="007F5F1B" w:rsidRDefault="007F5F1B" w:rsidP="0097240D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2192613B" w14:textId="77777777" w:rsidR="00396E51" w:rsidRDefault="00396E51" w:rsidP="0097240D">
+    <w:p w14:paraId="6D1F4E55" w14:textId="77777777" w:rsidR="007F5F1B" w:rsidRDefault="007F5F1B" w:rsidP="0097240D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -29523,60 +29511,50 @@
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="21079EC6" w14:textId="77777777" w:rsidR="00F65C72" w:rsidRDefault="00F65C72">
-[...8 lines deleted...]
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="614876549"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="3D63124E" w14:textId="2278E0C3" w:rsidR="0097240D" w:rsidRPr="0097240D" w:rsidRDefault="0097240D">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="center"/>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
@@ -29613,96 +29591,76 @@
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidRPr="0097240D">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="2D015205" w14:textId="77777777" w:rsidR="0097240D" w:rsidRDefault="0097240D">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="737A1B85" w14:textId="77777777" w:rsidR="00396E51" w:rsidRDefault="00396E51" w:rsidP="0097240D">
+    <w:p w14:paraId="6B32D557" w14:textId="77777777" w:rsidR="007F5F1B" w:rsidRDefault="007F5F1B" w:rsidP="0097240D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4DB27AA7" w14:textId="77777777" w:rsidR="00396E51" w:rsidRDefault="00396E51" w:rsidP="0097240D">
+    <w:p w14:paraId="6E80349A" w14:textId="77777777" w:rsidR="007F5F1B" w:rsidRDefault="007F5F1B" w:rsidP="0097240D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-[...8 lines deleted...]
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-808551414"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Watermarks"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:p w14:paraId="7E9CF9D1" w14:textId="19E0D66C" w:rsidR="00F65C72" w:rsidRDefault="00000000">
         <w:pPr>
           <w:pStyle w:val="Header"/>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:pict w14:anchorId="4B177A39">
             <v:shapetype id="_x0000_t136" coordsize="21600,21600" o:spt="136" adj="10800" path="m@7,l@8,m@5,21600l@6,21600e">
               <v:formulas>
                 <v:f eqn="sum #0 0 10800"/>
                 <v:f eqn="prod #0 2 1"/>
                 <v:f eqn="sum 21600 0 @1"/>
                 <v:f eqn="sum 0 0 @2"/>
@@ -29712,60 +29670,50 @@
                 <v:f eqn="if @0 0 @2"/>
                 <v:f eqn="if @0 @4 21600"/>
                 <v:f eqn="mid @5 @6"/>
                 <v:f eqn="mid @8 @5"/>
                 <v:f eqn="mid @7 @8"/>
                 <v:f eqn="mid @6 @7"/>
                 <v:f eqn="sum @6 0 @5"/>
               </v:formulas>
               <v:path textpathok="t" o:connecttype="custom" o:connectlocs="@9,0;@10,10800;@11,21600;@12,10800" o:connectangles="270,180,90,0"/>
               <v:textpath on="t" fitshape="t"/>
               <v:handles>
                 <v:h position="#0,bottomRight" xrange="6629,14971"/>
               </v:handles>
               <o:lock v:ext="edit" text="t" shapetype="t"/>
             </v:shapetype>
             <v:shape id="PowerPlusWaterMarkObject357831064" o:spid="_x0000_s1025" type="#_x0000_t136" style="position:absolute;margin-left:0;margin-top:0;width:412.4pt;height:247.45pt;rotation:315;z-index:-251658752;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin" o:allowincell="f" fillcolor="silver" stroked="f">
               <v:fill opacity=".5"/>
               <v:textpath style="font-family:&quot;Calibri&quot;;font-size:1pt" string="DRAFT"/>
               <w10:wrap anchorx="margin" anchory="margin"/>
             </v:shape>
           </w:pict>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-</w:hdr>
-[...8 lines deleted...]
-  </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="03A17587"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="03761ED6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
@@ -38155,50 +38103,52 @@
   <w:num w:numId="63" w16cid:durableId="33117940">
     <w:abstractNumId w:val="32"/>
   </w:num>
   <w:num w:numId="64" w16cid:durableId="936600147">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="65" w16cid:durableId="1791512172">
     <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="66" w16cid:durableId="493224481">
     <w:abstractNumId w:val="67"/>
   </w:num>
   <w:num w:numId="67" w16cid:durableId="2039308807">
     <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="68" w16cid:durableId="713307059">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="58"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:removePersonalInformation/>
+  <w:removeDateAndTime/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="181"/>
   <w:drawingGridVerticalSpacing w:val="181"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -38346,50 +38296,51 @@
     <w:rsid w:val="00300060"/>
     <w:rsid w:val="003000F7"/>
     <w:rsid w:val="00301135"/>
     <w:rsid w:val="003014B0"/>
     <w:rsid w:val="00301EA8"/>
     <w:rsid w:val="003052A9"/>
     <w:rsid w:val="003107CE"/>
     <w:rsid w:val="00310B55"/>
     <w:rsid w:val="00313519"/>
     <w:rsid w:val="0032058A"/>
     <w:rsid w:val="00320CD6"/>
     <w:rsid w:val="0032275B"/>
     <w:rsid w:val="00326F71"/>
     <w:rsid w:val="00333B98"/>
     <w:rsid w:val="003340BB"/>
     <w:rsid w:val="0033778F"/>
     <w:rsid w:val="0034411B"/>
     <w:rsid w:val="003540CE"/>
     <w:rsid w:val="003547A8"/>
     <w:rsid w:val="00355B29"/>
     <w:rsid w:val="003678C1"/>
     <w:rsid w:val="003728C6"/>
     <w:rsid w:val="0037783E"/>
     <w:rsid w:val="003807E0"/>
     <w:rsid w:val="00383DAF"/>
+    <w:rsid w:val="003856AB"/>
     <w:rsid w:val="00386982"/>
     <w:rsid w:val="00387B5D"/>
     <w:rsid w:val="00396553"/>
     <w:rsid w:val="00396E51"/>
     <w:rsid w:val="00396E95"/>
     <w:rsid w:val="003A0E9C"/>
     <w:rsid w:val="003A3613"/>
     <w:rsid w:val="003A4565"/>
     <w:rsid w:val="003B4BF2"/>
     <w:rsid w:val="003C43E3"/>
     <w:rsid w:val="003D0763"/>
     <w:rsid w:val="003D6CD6"/>
     <w:rsid w:val="003D76E1"/>
     <w:rsid w:val="003E2B18"/>
     <w:rsid w:val="003E7E51"/>
     <w:rsid w:val="003F1713"/>
     <w:rsid w:val="003F771D"/>
     <w:rsid w:val="004046DE"/>
     <w:rsid w:val="00405292"/>
     <w:rsid w:val="00406D59"/>
     <w:rsid w:val="0040724A"/>
     <w:rsid w:val="004078F9"/>
     <w:rsid w:val="0041439B"/>
     <w:rsid w:val="0041610E"/>
     <w:rsid w:val="0041675A"/>
@@ -38481,94 +38432,96 @@
     <w:rsid w:val="006727DB"/>
     <w:rsid w:val="00673543"/>
     <w:rsid w:val="00677B40"/>
     <w:rsid w:val="00677CA2"/>
     <w:rsid w:val="006868F2"/>
     <w:rsid w:val="00686B22"/>
     <w:rsid w:val="006908F8"/>
     <w:rsid w:val="0069484C"/>
     <w:rsid w:val="00695F1F"/>
     <w:rsid w:val="006A1116"/>
     <w:rsid w:val="006A241E"/>
     <w:rsid w:val="006A2541"/>
     <w:rsid w:val="006A6B1C"/>
     <w:rsid w:val="006A79FF"/>
     <w:rsid w:val="006B4CCA"/>
     <w:rsid w:val="006C30D1"/>
     <w:rsid w:val="006C4B16"/>
     <w:rsid w:val="006D2D86"/>
     <w:rsid w:val="006D2FC5"/>
     <w:rsid w:val="006D4DF2"/>
     <w:rsid w:val="006E3277"/>
     <w:rsid w:val="006E5298"/>
     <w:rsid w:val="006F27AC"/>
     <w:rsid w:val="006F3203"/>
     <w:rsid w:val="006F3F27"/>
+    <w:rsid w:val="006F43F3"/>
     <w:rsid w:val="006F5F6F"/>
     <w:rsid w:val="0070467F"/>
     <w:rsid w:val="00714D87"/>
     <w:rsid w:val="00720246"/>
     <w:rsid w:val="00720AFB"/>
     <w:rsid w:val="00721257"/>
     <w:rsid w:val="00721435"/>
     <w:rsid w:val="00721531"/>
     <w:rsid w:val="00724940"/>
     <w:rsid w:val="00724BE9"/>
     <w:rsid w:val="007254AA"/>
     <w:rsid w:val="0073066A"/>
     <w:rsid w:val="00737CFD"/>
     <w:rsid w:val="00740303"/>
     <w:rsid w:val="0074282F"/>
     <w:rsid w:val="00744D14"/>
     <w:rsid w:val="00750CB9"/>
     <w:rsid w:val="00764E59"/>
     <w:rsid w:val="00766355"/>
     <w:rsid w:val="0076673D"/>
     <w:rsid w:val="00776EA6"/>
     <w:rsid w:val="007804DA"/>
     <w:rsid w:val="007815C1"/>
     <w:rsid w:val="00784C70"/>
     <w:rsid w:val="00791D52"/>
     <w:rsid w:val="00794FF2"/>
     <w:rsid w:val="0079699B"/>
     <w:rsid w:val="007A2BD7"/>
     <w:rsid w:val="007A380F"/>
     <w:rsid w:val="007A3B51"/>
     <w:rsid w:val="007A50E7"/>
     <w:rsid w:val="007A6B84"/>
     <w:rsid w:val="007B0883"/>
     <w:rsid w:val="007B19BB"/>
     <w:rsid w:val="007C2DF4"/>
     <w:rsid w:val="007C32F4"/>
     <w:rsid w:val="007C3F1C"/>
     <w:rsid w:val="007C475A"/>
     <w:rsid w:val="007C564C"/>
     <w:rsid w:val="007C5ACC"/>
     <w:rsid w:val="007C5EBF"/>
     <w:rsid w:val="007D2D3C"/>
     <w:rsid w:val="007D3A06"/>
     <w:rsid w:val="007E2B0D"/>
+    <w:rsid w:val="007F5F1B"/>
     <w:rsid w:val="007F6E78"/>
     <w:rsid w:val="007F7E5A"/>
     <w:rsid w:val="008019CA"/>
     <w:rsid w:val="008025AC"/>
     <w:rsid w:val="00804174"/>
     <w:rsid w:val="00815F3C"/>
     <w:rsid w:val="00817834"/>
     <w:rsid w:val="00822EFD"/>
     <w:rsid w:val="008230F6"/>
     <w:rsid w:val="00823C3F"/>
     <w:rsid w:val="00825CF2"/>
     <w:rsid w:val="008519DA"/>
     <w:rsid w:val="00851D8D"/>
     <w:rsid w:val="00851D9A"/>
     <w:rsid w:val="00856622"/>
     <w:rsid w:val="00865495"/>
     <w:rsid w:val="00866311"/>
     <w:rsid w:val="00867B04"/>
     <w:rsid w:val="008719CF"/>
     <w:rsid w:val="00872C10"/>
     <w:rsid w:val="008738CB"/>
     <w:rsid w:val="00880508"/>
     <w:rsid w:val="008820C8"/>
     <w:rsid w:val="008822E6"/>
     <w:rsid w:val="00882383"/>
@@ -38752,50 +38705,51 @@
     <w:rsid w:val="00C403CC"/>
     <w:rsid w:val="00C45563"/>
     <w:rsid w:val="00C4622E"/>
     <w:rsid w:val="00C46CE0"/>
     <w:rsid w:val="00C5116F"/>
     <w:rsid w:val="00C530FA"/>
     <w:rsid w:val="00C57AE7"/>
     <w:rsid w:val="00C63634"/>
     <w:rsid w:val="00C66D4D"/>
     <w:rsid w:val="00C67782"/>
     <w:rsid w:val="00C71B52"/>
     <w:rsid w:val="00C7470D"/>
     <w:rsid w:val="00C778FE"/>
     <w:rsid w:val="00C805B0"/>
     <w:rsid w:val="00C80A82"/>
     <w:rsid w:val="00C84D37"/>
     <w:rsid w:val="00C85A01"/>
     <w:rsid w:val="00C872B8"/>
     <w:rsid w:val="00C87317"/>
     <w:rsid w:val="00C8732D"/>
     <w:rsid w:val="00C87551"/>
     <w:rsid w:val="00CA0EF8"/>
     <w:rsid w:val="00CA132A"/>
     <w:rsid w:val="00CB1851"/>
     <w:rsid w:val="00CB2A5F"/>
+    <w:rsid w:val="00CB311F"/>
     <w:rsid w:val="00CC0FA2"/>
     <w:rsid w:val="00CC2498"/>
     <w:rsid w:val="00CC36E3"/>
     <w:rsid w:val="00CD4E5D"/>
     <w:rsid w:val="00CD6F4F"/>
     <w:rsid w:val="00CD7508"/>
     <w:rsid w:val="00CE22A8"/>
     <w:rsid w:val="00CE72B0"/>
     <w:rsid w:val="00CF2D77"/>
     <w:rsid w:val="00CF6465"/>
     <w:rsid w:val="00CF79C8"/>
     <w:rsid w:val="00CF7D4A"/>
     <w:rsid w:val="00D04A1A"/>
     <w:rsid w:val="00D05385"/>
     <w:rsid w:val="00D06AF7"/>
     <w:rsid w:val="00D13ADC"/>
     <w:rsid w:val="00D20250"/>
     <w:rsid w:val="00D22066"/>
     <w:rsid w:val="00D2619D"/>
     <w:rsid w:val="00D30CED"/>
     <w:rsid w:val="00D41BA5"/>
     <w:rsid w:val="00D44034"/>
     <w:rsid w:val="00D44272"/>
     <w:rsid w:val="00D4772A"/>
     <w:rsid w:val="00D55A68"/>
@@ -38922,51 +38876,50 @@
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="2D6B63BF"/>
-  <w15:docId w15:val="{142443FD-AEF7-409B-8688-69DBEE40CFEE}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -40518,51 +40471,51 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2089691143">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.infrastructure-ni.gov.uk/articles/current-planning-legislation" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.belfastcity.gov.uk/Documents/Draft-Planning-Application-Validation-Checklist/12-Contextual-Design-Information" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.infrastructure-ni.gov.uk/sites/default/files/publications/infrastructure/Transport%20Assessment_1.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.legislation.gov.uk/nisr/2017/83/made" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.infrastructure-ni.gov.uk/articles/new-planning-portal" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.daera-ni.gov.uk/sites/default/files/publications/daera/NI%20Biodiversity%20Checklist%20-%20Version%202%20-%20April%202017.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.infrastructure-ni.gov.uk/sites/default/files/publications/infrastructure/dmpn-10-pre-application-community-consultation-v1-april-2015_0.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.belfastcity.gov.uk/Documents/Draft-Planning-Application-Validation-Checklist/4-Archaeological-Impact-Assessment" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.daera-ni.gov.uk/publications?search=Surveys&amp;Search-exposed-form=Go" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.daera-ni.gov.uk/publications/preliminary-ecological-appraisal-survey-specifications" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:planning@lisburncastlereagh.gov.uk" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.daera-ni.gov.uk/articles/nutrient-management-plan" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.belfastcity.gov.uk/Documents/Draft-Planning-Application-Validation-Checklist/13-Daylight-Sunlight-and-Overshadowing-Assessment" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.infrastructure-ni.gov.uk/publications/planning-fees-explanatory-note-applicants" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.infrastructure-ni.gov.uk/topics/rivers-and-flooding/flood-maps-ni" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.belfastcity.gov.uk/Documents/Draft-Planning-Application-Validation-Checklist/4-Archaeological-Impact-Assessment" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.legislation.gov.uk/nisr/2017/83/made" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.daera-ni.gov.uk/publications/preliminary-ecological-appraisal-survey-specifications" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:planning@lisburncastlereagh.gov.uk" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.daera-ni.gov.uk/publications?search=Surveys&amp;Search-exposed-form=Go" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.belfastcity.gov.uk/Documents/Draft-Planning-Application-Validation-Checklist/13-Daylight-Sunlight-and-Overshadowing-Assessment" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.daera-ni.gov.uk/articles/nutrient-management-plan" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.infrastructure-ni.gov.uk/publications/planning-fees-explanatory-note-applicants" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.belfastcity.gov.uk/Documents/Draft-Planning-Application-Validation-Checklist/12-Contextual-Design-Information" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.infrastructure-ni.gov.uk/sites/default/files/publications/infrastructure/Transport%20Assessment_1.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.infrastructure-ni.gov.uk/articles/current-planning-legislation" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.infrastructure-ni.gov.uk/topics/rivers-and-flooding/flood-maps-ni" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.infrastructure-ni.gov.uk/articles/new-planning-portal" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.daera-ni.gov.uk/sites/default/files/publications/daera/NI%20Biodiversity%20Checklist%20-%20Version%202%20-%20April%202017.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.infrastructure-ni.gov.uk/sites/default/files/publications/infrastructure/dmpn-10-pre-application-community-consultation-v1-april-2015_0.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -40820,418 +40773,86 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...10 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...10 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...256 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8AC7C67A-42C0-4AA3-B130-11C9A57CA0F4}">
-[...9 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{596591AC-00E6-48FE-8D95-B440AF8B8274}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
-  </ds:schemaRefs>
-[...25 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>30</Pages>
   <Words>6857</Words>
   <Characters>39296</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>1571</Lines>
   <Paragraphs>650</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>45503</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Rosaleen Heaney</dc:creator>
+  <dc:creator/>
   <cp:keywords/>
   <dc:description/>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...9 lines deleted...]
-</file>